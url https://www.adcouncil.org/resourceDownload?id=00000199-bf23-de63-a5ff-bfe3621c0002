--- v0 (2025-11-30)
+++ v1 (2026-03-18)
@@ -1,2114 +1,823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="127686A3" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00E30723" w:rsidP="00E30723" w:rsidRDefault="00E30723" w14:paraId="5E5B8555" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>MEDIA</w:t>
-[...35 lines deleted...]
-        <w:spacing w:before="63"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>MEDIA OUTREACH LANGUAGE TEMPLATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30723" w:rsidRDefault="00E30723" w14:paraId="78170516" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72D19FF2" w14:textId="1D0A871B" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00426520" w:rsidRDefault="003542C4" w14:paraId="262B1CD2" w14:textId="631D0A4F">
       <w:pPr>
-        <w:ind w:left="120"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...38 lines deleted...]
-        <w:t>CAMPAIGN</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PREDIABETES AWARENESS CAMPAIGN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF2040B" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00C04073">
+    <w:p w:rsidR="00426520" w:rsidRDefault="00426520" w14:paraId="5EFD79A1" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55920106" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00C04073">
+    <w:p w:rsidR="00E30723" w:rsidRDefault="00E30723" w14:paraId="3D30116C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D3E13BA" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="78192057" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:before="1"/>
-        <w:ind w:left="120"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...90 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>NAME OF MEDIA CONTACT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="76FAAE13" w14:textId="34C48746">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I’m writing to put the support of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORGANIZATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> behind a</w:t>
+      </w:r>
+      <w:r w:rsidR="00981019">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ad Council PSA campaign that greatly impacts our local community. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="09F51481" w14:textId="41E2CB73">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="h.4rmoveldgz0" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>In [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>INSERT NAME OF STATE/CITY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>], [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>INSERT %</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] of adults has prediabetes – which puts them at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>high risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of developing type 2 diabetes unless they make lifestyle changes. </w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve">115.2 million American adults have prediabetes — more than 2 in 5 U.S. adults. Further, 80 percent of those with prediabetes </w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t>don’t</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> know they have the condition. Type 2 diabetes is a serious health condition that can lead to other health conditions like heart attack, kidney disease, and stroke. The good news is that prediabetes can often be reversed. A combination of more physical activity, healthier foods, and weight management can help reverse prediabetes. The key is for people to know where they stand and </w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t>take action</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> as soon as possible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="1A20473F" w14:textId="2C683E2F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="h.ot65b91yi1h4" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t>You’ve</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...946 lines deleted...]
-        <w:r w:rsidR="00C04073">
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t>likely already</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> received PSAs for the Prediabetes Awareness campaign, which were distributed by the Ad Council via </w:t>
+      </w:r>
+      <w:hyperlink r:id="Reb24a8b53c0b492d">
+        <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>AdCouncil.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidR="00C04073">
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="R0a14efca280e4c70">
+        <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Extreme Reach</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...16 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> in March 2025... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>PLEASE</w:t>
-[...260 lines deleted...]
-        <w:r w:rsidR="00C04073" w:rsidRPr="00BA12CE">
+        <w:t>PLEASE ONLY INCLUDE THE FOLLOWING SENTENCE ABOUT EXTREME REACH FOR TV AND RADIO STATIONS] You should have traffic instructions and an Extreme Reach AD ID in-house by now.</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Developed in partnership with the Centers for Disease Control and Prevention, the PSAs empower viewers to be their own hero and understand their risk for prediabetes by visiting </w:t>
+      </w:r>
+      <w:hyperlink r:id="R71ee9878cb0b42e8">
+        <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>PodriaTenerPrediabetes.org</w:t>
+          <w:t>DoIHavePrediabetes.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>stand.</w:t>
+      <w:r w:rsidRPr="41F12D41" w:rsidR="41F12D41">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="41F12D41">
+        <w:rPr/>
+        <w:t xml:space="preserve"> or PodriaTenerPrediabetes.org in Spanish, to take the 1-minute prediabetes risk test to know where they stand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0A163C" w14:textId="35756B62" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="635A0012" w14:textId="18E6E36B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="119" w:right="112"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>By</w:t>
-[...143 lines deleted...]
-        <w:r w:rsidR="00BA12CE" w:rsidRPr="00B21994">
+        <w:t>By supporting these PSAs, you are helping adults in our local community make healthy lifestyle changes</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4DB5">
+        <w:t xml:space="preserve"> to reverse prediabetes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and prevent</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4DB5">
+        <w:t xml:space="preserve"> or delay</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4DB5">
+        <w:t xml:space="preserve">onset </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">of type 2 diabetes – a serious and irreversible disease. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.adcouncil.org/campaign/type-2-diabetes-prevention</w:t>
+          <w:t>http://prediabetes.adcouncil.org/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BA12CE">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3003DA95" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="0EC1979F" w14:textId="3F0BB6B1">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="120" w:right="112"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Thank you</w:t>
-[...128 lines deleted...]
-        <w:r w:rsidR="00C04073">
+        <w:t xml:space="preserve">Thank you in advance for your support. Please direct questions to myself or the Ad Council media team at </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId10">
+        <w:r w:rsidRPr="004A5EA0" w:rsidR="009B37A3">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.adcouncil.org/contact-us</w:t>
         </w:r>
-        <w:r w:rsidR="00C04073">
-[...1 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="009B37A3">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1EE5575B" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00426520" w:rsidP="00E30723" w:rsidRDefault="000E5C23" w14:paraId="33E26383" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="120"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Sincerely,</w:t>
+        <w:t xml:space="preserve">Sincerely, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F54EDA3" w14:textId="77777777" w:rsidR="00C04073" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:spacing w:val="-10"/>
+    <w:p w:rsidR="00426520" w:rsidRDefault="000E5C23" w14:paraId="0F106DA3" w14:textId="77777777">
+      <w:r>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">_       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>[YOUR</w:t>
-      </w:r>
+        <w:t xml:space="preserve">YOUR </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="-9"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:spacing w:val="-4"/>
+        <w:t>NAME]_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>NAME]</w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C04073">
-[...2 lines deleted...]
-      <w:pgMar w:top="1420" w:right="1360" w:bottom="280" w:left="1320" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:p w:rsidR="00426520" w:rsidRDefault="00426520" w14:paraId="044ABFEA" w14:textId="77777777"/>
+    <w:p w:rsidR="00426520" w:rsidRDefault="00426520" w14:paraId="42B1223D" w14:textId="77777777"/>
+    <w:p w:rsidR="00426520" w:rsidRDefault="00426520" w14:paraId="207B5AC6" w14:textId="77777777"/>
+    <w:p w:rsidR="00426520" w:rsidRDefault="00426520" w14:paraId="375624E3" w14:textId="77777777"/>
+    <w:sectPr w:rsidR="00426520">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002671FD" w:rsidP="00F6722B" w:rsidRDefault="002671FD" w14:paraId="63DB15EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002671FD" w:rsidP="00F6722B" w:rsidRDefault="002671FD" w14:paraId="079A0A28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="0BF698E3" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="478A26CE" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="00C37B5D" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002671FD" w:rsidP="00F6722B" w:rsidRDefault="002671FD" w14:paraId="56C2FBDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002671FD" w:rsidP="00F6722B" w:rsidRDefault="002671FD" w14:paraId="263CB9D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="445F2473" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="36155173" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F6722B" w:rsidRDefault="00F6722B" w14:paraId="7C1A9E4A" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C04073"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F84087"/>
+    <w:rsidRoot w:val="00426520"/>
+    <w:rsid w:val="00000F7F"/>
+    <w:rsid w:val="0008022E"/>
+    <w:rsid w:val="00093F67"/>
+    <w:rsid w:val="000E5C23"/>
+    <w:rsid w:val="000F35D6"/>
+    <w:rsid w:val="000F4DB5"/>
+    <w:rsid w:val="001E2B99"/>
+    <w:rsid w:val="00242BD9"/>
+    <w:rsid w:val="002671FD"/>
+    <w:rsid w:val="00283E0F"/>
+    <w:rsid w:val="002A2C28"/>
+    <w:rsid w:val="003542C4"/>
+    <w:rsid w:val="003D4350"/>
+    <w:rsid w:val="00426520"/>
+    <w:rsid w:val="004B2942"/>
+    <w:rsid w:val="004D479C"/>
+    <w:rsid w:val="005023E2"/>
+    <w:rsid w:val="00536AC3"/>
+    <w:rsid w:val="006276A5"/>
+    <w:rsid w:val="006400DB"/>
+    <w:rsid w:val="0068437F"/>
+    <w:rsid w:val="00697686"/>
+    <w:rsid w:val="006A195C"/>
+    <w:rsid w:val="006C5438"/>
+    <w:rsid w:val="006D4402"/>
+    <w:rsid w:val="0071129D"/>
+    <w:rsid w:val="00817256"/>
+    <w:rsid w:val="008E522A"/>
+    <w:rsid w:val="00901672"/>
+    <w:rsid w:val="00903746"/>
+    <w:rsid w:val="00960A49"/>
+    <w:rsid w:val="00981019"/>
+    <w:rsid w:val="009B37A3"/>
+    <w:rsid w:val="009C12C0"/>
+    <w:rsid w:val="00A01815"/>
+    <w:rsid w:val="00A35D47"/>
+    <w:rsid w:val="00A96DFF"/>
+    <w:rsid w:val="00B84049"/>
+    <w:rsid w:val="00C32703"/>
+    <w:rsid w:val="00D232AE"/>
+    <w:rsid w:val="00D9206F"/>
+    <w:rsid w:val="00E30723"/>
+    <w:rsid w:val="00EE03DB"/>
+    <w:rsid w:val="00F6722B"/>
+    <w:rsid w:val="00F96120"/>
+    <w:rsid w:val="00FD1DFA"/>
+    <w:rsid w:val="08B528B8"/>
+    <w:rsid w:val="0E28353B"/>
+    <w:rsid w:val="10356D46"/>
+    <w:rsid w:val="18185D31"/>
+    <w:rsid w:val="194B5161"/>
+    <w:rsid w:val="283E283B"/>
+    <w:rsid w:val="41F12D41"/>
+    <w:rsid w:val="509DF30C"/>
+    <w:rsid w:val="5521B7CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2B049619"/>
-  <w15:docId w15:val="{1E24ED16-0D80-47FE-9BDD-BCAA19A38C0C}"/>
+  <w14:docId w14:val="7FA4CFD9"/>
+  <w15:docId w15:val="{9C8A5FF0-4A49-497D-BD3D-FB390A128D2B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2153,51 +862,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2264,52 +973,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2376,162 +1085,392 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...4 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="10"/>
-[...3 lines deleted...]
-      <w:ind w:left="120"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-[...3 lines deleted...]
-    <w:name w:val="Table Paragraph"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E5C23"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E5C23"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA12CE"/>
+    <w:rsid w:val="00536AC3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E30723"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E30723"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA12CE"/>
+    <w:rsid w:val="009B37A3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F6722B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F6722B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F6722B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F6722B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F6722B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/campaign/type-2-diabetes-prevention" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doihaveprediabetes.org/es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doihaveprediabetes.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extremereach.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/contact-us" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/contact-us" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://prediabetes.adcouncil.org" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/" TargetMode="External" Id="Reb24a8b53c0b492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extremereach.com/" TargetMode="External" Id="R0a14efca280e4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doihaveprediabetes.org/" TargetMode="External" Id="R71ee9878cb0b42e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2565,84 +1504,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2774,114 +1715,76 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Brooke Schlesinger</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Rebecca Ross</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2023-11-13T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_SetDate">
+    <vt:lpwstr>2023-10-23T17:00:36Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_Name">
+    <vt:lpwstr>7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_SiteId">
+    <vt:lpwstr>9ce70869-60db-44fd-abe8-d2767077fc8f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_ActionId">
+    <vt:lpwstr>fa497cf9-bcab-45a0-8474-eda1314f21f6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7b94a7b8-f06c-4dfe-bdcc-9b548fd58c31_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="GrammarlyDocumentId">
     <vt:lpwstr>9273048f23be560463456fda98431ca96a54dc71d3992361a38c7a3fb740b390</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
-[...28 lines deleted...]
-  </property>
 </Properties>
 </file>