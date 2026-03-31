--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -1,1657 +1,1387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C541205" w14:textId="36011E96" w:rsidR="008851A8" w:rsidRDefault="00981115" w:rsidP="008851A8">
+    <w:p w14:paraId="00000002" w14:textId="41A85306" w:rsidR="00A616A9" w:rsidRDefault="00A616A9" w:rsidP="44B1F012">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F28A3DA" wp14:editId="44652D39">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71D7A459" wp14:editId="117A6B6A">
+            <wp:extent cx="1918608" cy="774566"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
+            <wp:docPr id="2" name="image1.png"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2240109" cy="904360"/>
+                      <a:ext cx="1918608" cy="774566"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
+                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B06F372" w14:textId="77777777" w:rsidR="008851A8" w:rsidRDefault="008851A8" w:rsidP="008851A8">
-[...9 lines deleted...]
-    <w:p w14:paraId="4E7A2A57" w14:textId="54B64A42" w:rsidR="00473305" w:rsidRPr="00425562" w:rsidRDefault="00473305" w:rsidP="008851A8">
+    <w:p w14:paraId="00000004" w14:textId="62893511" w:rsidR="00A616A9" w:rsidRDefault="44B1F012" w:rsidP="44B1F012">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SAMPLE PSA DIRECTOR LETTER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7212C1D7" w14:textId="77777777" w:rsidR="00CC682F" w:rsidRPr="00425562" w:rsidRDefault="00CC682F">
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your corporate logo/header</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163DE9C8" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="603E521B" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E0B557" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3499BB26" w14:textId="432757B4" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AD73E7" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Station/Media Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01442942" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Street Address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEF6F44" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>City, State, Zip Code</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328C5693" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CE226B2" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dear (Personalize for each Public Service Director):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF36254" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7" w:rsidP="00545F9C">
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032D3E9F" w14:textId="3BE1A2B2" w:rsidR="00810340" w:rsidRPr="00425562" w:rsidRDefault="007C7AE0" w:rsidP="00810340">
+    <w:p w14:paraId="00000010" w14:textId="255C2A4D" w:rsidR="00A616A9" w:rsidRDefault="4CC40DE8" w:rsidP="4CC40DE8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">I’m reaching out to tell you about the </w:t>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I’m reaching out to tell you about the Skills-First Hiring – </w:t>
       </w:r>
-      <w:r w:rsidR="00425562">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tear the Paper Ceiling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA campaign from the Ad Council. Skills-First Hiring – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tear the Paper Ceiling</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5DDB" w:rsidRPr="00425562">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an integrated, multi-year communications campaign with the goal of closing the opportunity gap that separates qualified workers from in-demand jobs and encouraging</w:t>
       </w:r>
-      <w:r w:rsidRPr="00425562">
-[...83 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> employers to hire skills-first.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Millions of workers with in-demand skills are being overlooked, undervalued, and filtered out before even being considered. We call these over 70 million workers STARs: workers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">killed </w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">hrough </w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">lternative </w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00810340" w:rsidRPr="00425562">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">50% of the U.S. workforce and have developed valuable skills through community college, workforce training, bootcamps, certificate programs, military service, or on-the-job learning, rather than through a bachelor’s degree. </w:t>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outes. STARs make up over 50% of the U.S. workforce and have developed valuable skills through community college, workforce training, bootcamps, certificate programs, military service, or on-the-job learning, rather than through a bachelor’s degree. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C590DC8" w14:textId="1F726E5A" w:rsidR="00810340" w:rsidRPr="00425562" w:rsidRDefault="00810340" w:rsidP="00810340">
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9" w:rsidP="4CC40DE8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04002B1F" w14:textId="0023AB89" w:rsidR="00810340" w:rsidRPr="00425562" w:rsidRDefault="00810340" w:rsidP="00810340">
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="4CC40DE8" w:rsidP="4CC40DE8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t>STARs face a “paper ceiling” – the invisible barrier that comes at every turn for workers without a bachelor</w:t>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STARs face a “paper ceiling” – the invisible barrier that comes at every turn for workers without a bachelor’s degree. Lack of alumni networks, biased algorithms, degree screens, stereotypes, and misperceptions all contribute to the paper ceiling, creating barriers to upward economic mobility for STARs and blocking employers from </w:t>
       </w:r>
-      <w:r w:rsidR="0089103C" w:rsidRPr="00425562">
-[...29 lines deleted...]
-        <w:t>, stereotypes, and misperceptions all contribute to the paper ceiling, creating barriers to upward economic mobility for STARs, even though they have demonstrated skills for higher-wage work.</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_0"/>
+          <w:id w:val="1623792887"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="4CC40DE8">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">accessing </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="4CC40DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a qualified talent pool.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4208FFEF" w14:textId="03748641" w:rsidR="007C7AE0" w:rsidRPr="00425562" w:rsidRDefault="00810340" w:rsidP="007C7AE0">
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C2A2B0" w14:textId="15693AB3" w:rsidR="007C7AE0" w:rsidRPr="00425562" w:rsidRDefault="007C7AE0" w:rsidP="007C7AE0">
+    <w:p w14:paraId="00000014" w14:textId="287FFD62" w:rsidR="00A616A9" w:rsidRDefault="3243B08B">
+      <w:bookmarkStart w:id="0" w:name="_heading=h.c3f99qmtri65"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="3243B08B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The PSAs are designed to reach both Employers</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_1"/>
+          <w:id w:val="587943055"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="3243B08B">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> (including anyone who plays a role in the hiring process)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="3243B08B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and STARs, encouraging them to tear the paper ceiling and shatter the myth that no bachelor’s degree means no skill. PSAs drive to </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_2"/>
+          <w:id w:val="-263255714"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="3243B08B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>TearThePaperCeiling</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="3243B08B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.org</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3243B08B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, where STARs can find resources to help them break through barriers, and Employers can find out how skills-first hiring can give their businesses a competitive advantage.</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_3"/>
+          <w:id w:val="-398651721"/>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="3243B08B">
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-[...122 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6488B414" w14:textId="0A82A8B5" w:rsidR="007C7AE0" w:rsidRPr="00425562" w:rsidRDefault="007C7AE0" w:rsidP="007C7AE0">
+    <w:p w14:paraId="00000016" w14:textId="58401A19" w:rsidR="00A616A9" w:rsidRDefault="44B1F012" w:rsidP="17265C6C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t>We ask you to help support the campaign by airing the PSAs that you received. Additionally, the campaign materials can be downloaded from the Ad Council’s</w:t>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We ask you to help support the campaign by airing the PSAs that you received. Additionally, the campaign materials can be downloaded from the Ad Council’s </w:t>
       </w:r>
-      <w:r w:rsidR="0034667A" w:rsidRPr="00425562">
-[...8 lines deleted...]
-        <w:r w:rsidR="003E3598" w:rsidRPr="00425562">
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="44B1F012">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003E3598" w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The campaign materials include TV, radio, digital media, outdoor and print, all of which direct to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00425562">
-[...32 lines deleted...]
-        <w:r w:rsidR="003F6C80" w:rsidRPr="00425562">
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_4"/>
+          <w:id w:val="-1699085724"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="44B1F012">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>TearThePaperCeiling.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. By airing the PSAs, you are helping us </w:t>
       </w:r>
-      <w:r w:rsidR="00EB11C5" w:rsidRPr="00425562">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> By a</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>increase</w:t>
       </w:r>
-      <w:r w:rsidRPr="00425562">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">. Thank you for your time and support! </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awareness, educate, and ultimately create a new and more equitable future of work. Thank you for your time and support! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2BD50A" w14:textId="77777777" w:rsidR="007C7AE0" w:rsidRPr="00425562" w:rsidRDefault="007C7AE0" w:rsidP="007C7AE0">
+    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00A616A9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65263F0D" w14:textId="4FE3D8F8" w:rsidR="00545F9C" w:rsidRPr="00425562" w:rsidRDefault="00545F9C" w:rsidP="00545F9C">
+    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074DD4A8" w14:textId="00193DC9" w:rsidR="00545F9C" w:rsidRPr="00425562" w:rsidRDefault="00545F9C" w:rsidP="00545F9C">
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730774D0" w14:textId="0ED37BE1" w:rsidR="00545F9C" w:rsidRPr="00425562" w:rsidRDefault="00545F9C" w:rsidP="00545F9C">
+    <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00A616A9" w:rsidRDefault="00483E3D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FACB2B0" w14:textId="1F500280" w:rsidR="009C2D99" w:rsidRPr="00425562" w:rsidRDefault="009C2D99" w:rsidP="00545F9C">
+    <w:p w14:paraId="0000001C" w14:textId="0EDE6E89" w:rsidR="00A616A9" w:rsidRDefault="44B1F012" w:rsidP="44B1F012">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425562">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+      <w:r w:rsidRPr="44B1F012">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Company/Organization</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006B1B88" w14:textId="77777777" w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidRDefault="005F01D7">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="005F01D7" w:rsidRPr="00425562" w:rsidSect="00473305">
+    <w:sectPr w:rsidR="00A616A9">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1800" w:bottom="720" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{6A97DFE9-FDCB-4593-8C21-F5BB32506A53}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{6A9DBBBC-91A8-4616-B329-F15E1D11E57B}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{D9EC4C17-86F6-480D-9931-169FB36AF032}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{F76A2EEB-40DE-4D4A-8ACD-B184405048A5}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{3AA16A93-7CAB-47A4-B0F4-44D4F524CB06}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{A3E14F46-6382-487F-A6DD-6B611FF4BF24}"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Lucida Grande">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{DE14E798-9B77-4B0F-995C-144D04C379E8}"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{98B58A5C-E58E-4CFA-A972-4C6CFA12B03B}"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{35817202-87D7-4A14-8208-E989F04FB8C3}"/>
+    <w:embedBold r:id="rId10" w:fontKey="{CC96BBD5-73CA-4CF8-BE9E-DA22B832C23D}"/>
+    <w:embedItalic r:id="rId11" w:fontKey="{51321826-CDA3-4CB6-9184-C52F8B62CA81}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...34 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="63AE969E"/>
+    <w:nsid w:val="466B4C64"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber5"/>
-[...53 lines deleted...]
-      <w:pStyle w:val="ListNumber2"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...22 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...247 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="1" w16cid:durableId="1441754246">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="168377560">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="2" w16cid:durableId="406001692">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="642198790">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="3" w16cid:durableId="276496578">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="516043378">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="4" w16cid:durableId="869076925">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="693457432">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="5" w16cid:durableId="2037659554">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1721439644">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="6" w16cid:durableId="1862234524">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="409229153">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="7" w16cid:durableId="736056826">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="848906021">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="8" w16cid:durableId="684870691">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="32578069">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="9" w16cid:durableId="678432809">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="638653443">
-[...5 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1758284475">
+  <w:num w:numId="10" w16cid:durableId="742410132">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00473305"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00FE5DDB"/>
+    <w:rsidRoot w:val="00A616A9"/>
+    <w:rsid w:val="00131A72"/>
+    <w:rsid w:val="0023205D"/>
+    <w:rsid w:val="002A03FC"/>
+    <w:rsid w:val="00483E3D"/>
+    <w:rsid w:val="00A616A9"/>
+    <w:rsid w:val="00BA118E"/>
+    <w:rsid w:val="17265C6C"/>
+    <w:rsid w:val="3243B08B"/>
+    <w:rsid w:val="3E8D80FF"/>
+    <w:rsid w:val="44B1F012"/>
+    <w:rsid w:val="492605E7"/>
+    <w:rsid w:val="4CC40DE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3309B0C5"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{23642EBA-E12F-49D2-9242-A5168B89C991}"/>
+  <w14:docId w14:val="788AADDC"/>
+  <w15:docId w15:val="{C98B87F9-1BFD-4DDF-AC5F-28208B0C6D94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1767,51 +1497,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1993,180 +1723,173 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00473305"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="366091"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="366091"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="243F61"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="366091"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="366091"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="243F61"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
@@ -2223,50 +1946,74 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00473305"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00473305"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
@@ -3207,108 +2954,112 @@
       <w:ind w:left="1440" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:ind w:left="1800" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:spacing w:after="120"/>
@@ -3341,109 +3092,114 @@
       <w:ind w:left="1440"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1800"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MacroText">
     <w:name w:val="macro"/>
     <w:link w:val="MacroTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
@@ -3618,138 +3374,98 @@
     <w:link w:val="Salutation"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006F6FA2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Signature">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:ind w:left="4320"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
     <w:name w:val="Signature Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Signature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006F6FA2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="006F6FA2"/>
     <w:rPr>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofAuthorities">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...3 lines deleted...]
-    <w:link w:val="TitleChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="006F6FA2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3861,268 +3577,79 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F6FA2"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5A5A5A"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...208 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opportunityatwork.org/thepaperceiling/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/campaign/skills-first-hiring" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adcouncil.org/campaign/skills-first-hiring" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tearthepaperceiling.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tearthepaperceiling.org/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4401,71 +3928,74 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhOOturLrAQBA7uakRhUnJ3w/ym9g==">CgMxLjAaGgoBMBIVChMIBCoPCgtBQUFCd1Zac3RGSRABGhoKATESFQoTCAQqDwoLQUFBQndWWnN0RjAQARonCgEyEiIKIAgEKhwKC0FBQUJ3VlpzdEdNEAgaC0FBQUJ3VlpzdEdNGhoKATMSFQoTCAQqDwoLQUFBQndWWnN0SEUQAhonCgE0EiIKIAgEKhwKC0FBQUJ3VlpzdEhrEAgaC0FBQUJ3VlpzdEhrIsECCgtBQUFCd1Zac3RGMBKNAgoLQUFBQndWWnN0RjASC0FBQUJ3VlpzdEYwGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMDk0Nzc4MzU5NjIwMTI0MDY4MDIoADgAMJr35b6yMziGq+a+sjNKcwokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGkvC19rkAUUaQwo/CjkoaW5jbHVkaW5nIGFueW9uZSB3aG8gcGxheXMgYSByb2xlIGluIHRoZSBoaXJpbmcgcHJvY2VzcykQARgAEAFaDHluNnFmbW9teWdxdXICIAB4AIIBFHN1Z2dlc3QuanNuZ2tjZXJ3bXM2mgEGCAAQABgAGJr35b6yMyCGq+a+sjNCFHN1Z2dlc3QuanNuZ2tjZXJ3bXM2IpMCCgtBQUFCd1Zac3RHTRLjAQoLQUFBQndWWnN0R00SC0FBQUJ3VlpzdEdNGh8KCXRleHQvaHRtbBISUGxlYXNlIHVwZGF0ZSBsaW5rIiAKCnRleHQvcGxhaW4SElBsZWFzZSB1cGRhdGUgbGluayobIhUxMDk0Nzc4MzU5NjIwMTI0MDY4MDIoADgAMLbp576yMzi26ee+sjNKJQoKdGV4dC9wbGFpbhIXVGVhclRoZVBhcGVyQ2VpbGluZy5vcmdaDDliOGUzdDQ2M2JqNnICIAB4AJoBBggAEAAYAKoBFBISUGxlYXNlIHVwZGF0ZSBsaW5rGLbp576yMyC26ee+sjNCEGtpeC42YXUzbGpjeTlycm4ikwIKC0FBQUJ3VlpzdEhrEuMBCgtBQUFCd1Zac3RIaxILQUFBQndWWnN0SGsaHwoJdGV4dC9odG1sEhJTYW1lIG5vdGUgcmU6IGxpbmsiIAoKdGV4dC9wbGFpbhISU2FtZSBub3RlIHJlOiBsaW5rKhsiFTEwOTQ3NzgzNTk2MjAxMjQwNjgwMigAOAAwgo7tvrIzOIKO7b6yM0olCgp0ZXh0L3BsYWluEhdUZWFyVGhlUGFwZXJDZWlsaW5nLm9yZ1oMeHpnaTd4dGF1OHB4cgIgAHgAmgEGCAAQABgAqgEUEhJTYW1lIG5vdGUgcmU6IGxpbmsYgo7tvrIzIIKO7b6yM0IQa2l4LmYwdzBnbGViMTAwaSKRAgoLQUFBQndWWnN0RkkS3QEKC0FBQUJ3VlpzdEZJEgtBQUFCd1Zac3RGSRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTA5NDc3ODM1OTYyMDEyNDA2ODAyKAA4ADDGgN2+sjM464jdvrIzSkMKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxobwtfa5AEVGhMKDwoJYWNjZXNzaW5nEAEYABABWgw5MGM5dTVmcmRiczJyAiAAeACCARRzdWdnZXN0LmZ4aTQ4am9meXhhOJoBBggAEAAYABjGgN2+sjMg64jdvrIzQhRzdWdnZXN0LmZ4aTQ4am9meXhhOCKwAgoLQUFBQndWWnN0SEUS/QEKC0FBQUJ3VlpzdEhFEgtBQUFCd1Zac3RIRRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTA5NDc3ODM1OTYyMDEyNDA2ODAyKAA4ADDUm+u+sjM44JzrvrIzSmQKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxo8wtfa5AE2EjQKMAoqYW5kIGFsbG93IHRoZW0gdG8gYWNjZXNzIG92ZXJsb29rZWQgdGFsZW50EAEYABABWgw4YXB2ZWQ3am4yNjNyAiAAeACCARNzdWdnZXN0LjdiZDh6OHhrNzA0mgEGCAAQABgAGNSb676yMyDgnOu+sjNCE3N1Z2dlc3QuN2JkOHo4eGs3MDQyDmguYzNmOTlxbXRyaTY1OABqIQoUc3VnZ2VzdC5qc25na2NlcndtczYSCU1hcnkgWm9zdGohChRzdWdnZXN0LmYyMmVkdXpoZGFzchIJTWFyeSBab3N0aiEKFHN1Z2dlc3QuZnhpNDhqb2Z5eGE4EglNYXJ5IFpvc3RqIAoTc3VnZ2VzdC43YmQ4ejh4azcwNBIJTWFyeSBab3N0cg0yMDcxMzIxMjMxMTA4</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>345</Words>
-  <Characters>1972</Characters>
+  <Words>373</Words>
+  <Characters>2130</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2313</CharactersWithSpaces>
+  <CharactersWithSpaces>2499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cece Wedel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>